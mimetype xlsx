--- v0 (2025-10-18)
+++ v1 (2026-03-21)
@@ -10,129 +10,156 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="35">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>LM</t>
+  </si>
+  <si>
+    <t>Lei Municipal</t>
+  </si>
+  <si>
+    <t>http://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/31/lei_481_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Prorroga a vigência do Plano Municipal de Educação (PME) do Município de Sem-Peixe MG, aprovado pela Lei Municipal nº 325/2015, e dá outras providências.</t>
+  </si>
+  <si>
     <t>19</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>461</t>
   </si>
   <si>
-    <t>LM</t>
-[...5 lines deleted...]
-    <t>https://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/19/lei_no461_de_2025.pdf</t>
+    <t>http://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/19/lei_no461_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional Modalidade Especial que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/22/lei_no_459_ordinaria_autorizativa_bdmg.pdf</t>
+    <t>http://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/22/lei_no_459_ordinaria_autorizativa_bdmg.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SEM PEIXE A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A – BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/14/lei_458_2025.pdf</t>
+    <t>http://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/14/lei_458_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual prevista no art. 37, X da Constituição da República de 1988 dos servidores públicos do Poder Legislativo do Município de Sem Peixe, e dá outras providências.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/12/lei_no456_de_31_de_janeiro_de_2025.pdf</t>
+    <t>http://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/12/lei_no456_de_31_de_janeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual prevista no art. 37,  X da Constituição da República de 1988 dos servidores públicos do Município de Sem Peixe, e dá _x000D_
 outras providências.</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>2015</t>
+  </si>
+  <si>
+    <t>325</t>
+  </si>
+  <si>
+    <t>http://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2015/30/325_plano_decenal_municipal_de_educacao.pdf</t>
+  </si>
+  <si>
+    <t>Aprova e Institui o Plano Decenal Municipal de Educação de Sem Peixe e dá outra providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -436,67 +463,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/19/lei_no461_de_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/22/lei_no_459_ordinaria_autorizativa_bdmg.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/14/lei_458_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/12/lei_no456_de_31_de_janeiro_de_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/31/lei_481_de_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/19/lei_no461_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/22/lei_no_459_ordinaria_autorizativa_bdmg.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/14/lei_458_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2025/12/lei_no456_de_31_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sempeixe.mg.leg.br/media/sapl/public/normajuridica/2015/30/325_plano_decenal_municipal_de_educacao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G5"/>
+  <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="108.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="110.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="183.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -569,58 +596,106 @@
       <c r="G4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
+      <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
+      <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
+    <hyperlink ref="F6" r:id="rId5"/>
+    <hyperlink ref="F7" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>